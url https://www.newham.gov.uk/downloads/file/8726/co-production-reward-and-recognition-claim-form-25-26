--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -1,82 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
+    <w:p w14:paraId="22E81919" w14:textId="77777777" w:rsidR="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-82"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FDE7B96" wp14:editId="45382101">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4420235</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1600200" cy="719455"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapTight wrapText="left">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21162"/>
                 <wp:lineTo x="21343" y="21162"/>
                 <wp:lineTo x="21343" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -115,428 +113,450 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00D34318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1556F26A" wp14:editId="439E982F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-37465</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>104140</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4276725" cy="714375"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4276725" cy="714375"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00D34318" w:rsidRDefault="00D34318">
+                          <w:p w14:paraId="036F3BDE" w14:textId="77777777" w:rsidR="00D34318" w:rsidRDefault="00D34318">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:kern w:val="32"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:kern w:val="32"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t>General Reward &amp; Recognition claim form 2025/26</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D34318" w:rsidRPr="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
+                          <w:p w14:paraId="5D58694C" w14:textId="77777777" w:rsidR="00D34318" w:rsidRPr="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
                             <w:pPr>
                               <w:keepNext/>
                               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="-82"/>
                               <w:outlineLvl w:val="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:kern w:val="32"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005A3DF3">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:kern w:val="32"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t>Please do not amend this form without prior approval</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="1556F26A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-2.95pt;margin-top:8.2pt;width:336.75pt;height:56.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnNHdJIwIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjj2kqY14hRdugwD&#10;ugvQ7gNkWY6FSaImKbG7ry8lu1l2wR6G6UEQRero8JBcXw9akaNwXoKpaD6bUyIMh0aafUW/POxe&#10;XVLiAzMNU2BERR+Fp9ebly/WvS1FAR2oRjiCIMaXva1oF4Its8zzTmjmZ2CFQWcLTrOApttnjWM9&#10;omuVFfP5RdaDa6wDLrzH29vRSTcJv20FD5/a1otAVEWRW0i7S3sd92yzZuXeMdtJPtFg/8BCM2nw&#10;0xPULQuMHJz8DUpL7sBDG2YcdAZtK7lIOWA2+fyXbO47ZkXKBcXx9iST/3+w/OPxsyOyqWiRrygx&#10;TGORHsQQyBsYSBH16a0vMezeYmAY8BrrnHL19g74V08MbDtm9uLGOeg7wRrkl8eX2dnTEcdHkLr/&#10;AA1+ww4BEtDQOh3FQzkIomOdHk+1iVQ4Xi6K1cWqWFLC0bfKF69Xy/QFK59fW+fDOwGaxENFHdY+&#10;obPjnQ+RDSufQ+JnHpRsdlKpZLh9vVWOHBn2yS6tCf2nMGVIX9GrJfL4O8Q8rT9BaBmw4ZXUFb08&#10;BbEyyvbWNKkdA5NqPCNlZSYdo3SjiGGoh6kuNTSPqKiDsbFxEPHQgftOSY9NXVH/7cCcoES9N1iV&#10;q3yxiFOQjMVyVaDhzj31uYcZjlAVDZSMx21IkxNTN3CD1WtlEjaWeWQyccVmTXpPgxWn4dxOUT/G&#10;f/MEAAD//wMAUEsDBBQABgAIAAAAIQAXzWfj3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUhcUOtQipuEOBVCAsENSlWubrxNIvwTbDcNb89yguPOjGa/qdaTNWzEEHvvJFzP&#10;M2DoGq9710rYvj/OcmAxKaeV8Q4lfGOEdX1+VqlS+5N7w3GTWkYlLpZKQpfSUHIemw6tinM/oCPv&#10;4INVic7Qch3Uicqt4YssE9yq3tGHTg340GHzuTlaCfnyefyILzevu0YcTJGuVuPTV5Dy8mK6vwOW&#10;cEp/YfjFJ3SoiWnvj05HZiTMbgtKki6WwMgXYiWA7UlY5AXwuuL/F9Q/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAKc0d0kjAgAARgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABfNZ+PfAAAACQEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-2.95pt;margin-top:8.2pt;width:336.75pt;height:56.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDh2KncDwIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L06ypGmNOEWXLsOA&#10;7gdo9wCyLMfCZFGjlNjZ05dS3DTrhh2G6SCQIvWR/Egur/vWsL1Cr8EWfDIac6ashErbbcG/PWze&#10;XHLmg7CVMGBVwQ/K8+vV61fLzuVqCg2YSiEjEOvzzhW8CcHlWeZlo1rhR+CUJWMN2IpAKm6zCkVH&#10;6K3JpuPxRdYBVg5BKu/p9fZo5KuEX9dKhi917VVgpuCUW0g3pruMd7ZainyLwjVaDmmIf8iiFdpS&#10;0BPUrQiC7VD/BtVqieChDiMJbQZ1raVKNVA1k/GLau4b4VSqhcjx7kST/3+w8vP+3n1FFvp30FMD&#10;UxHe3YH87pmFdSPsVt0gQtcoUVHgSaQs65zPh6+Rap/7CFJ2n6CiJotdgATU19hGVqhORujUgMOJ&#10;dNUHJulxNl1cLKZzziTZFpPZ28U8hRD502+HPnxQ0LIoFBypqQld7O98iNmI/MklBvNgdLXRxiQF&#10;t+XaINsLGoBNOgP6L27Gsq7gV3PK4+8Q43T+BNHqQJNsdFvwy5OTyCNt722V5iwIbY4ypWzswGOk&#10;7khi6MueHCOfJVQHYhThOLG0YSQ0gD8562haC+5/7AQqzsxHS125msxmcbyTMpsvpqTguaU8twgr&#10;CarggbOjuA5pJWLpFm6oe7VOxD5nMuRKU5j4HjYmjvm5nrye93r1CAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF81n498AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXFDrUIqbhDgV&#10;QgLBDUpVrm68TSL8E2w3DW/PcoLjzoxmv6nWkzVsxBB77yRczzNg6Bqve9dK2L4/znJgMSmnlfEO&#10;JXxjhHV9flapUvuTe8Nxk1pGJS6WSkKX0lByHpsOrYpzP6Aj7+CDVYnO0HId1InKreGLLBPcqt7R&#10;h04N+NBh87k5Wgn58nn8iC83r7tGHEyRrlbj01eQ8vJiur8DlnBKf2H4xSd0qIlp749OR2YkzG4L&#10;SpIulsDIF2IlgO1JWOQF8Lri/xfUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDh2Knc&#10;DwIAAB8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAX&#10;zWfj3wAAAAkBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00D34318" w:rsidRDefault="00D34318">
+                    <w:p w14:paraId="036F3BDE" w14:textId="77777777" w:rsidR="00D34318" w:rsidRDefault="00D34318">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:bCs/>
                           <w:kern w:val="32"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:bCs/>
                           <w:kern w:val="32"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t>General Reward &amp; Recognition claim form 2025/26</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00D34318" w:rsidRPr="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
+                    <w:p w14:paraId="5D58694C" w14:textId="77777777" w:rsidR="00D34318" w:rsidRPr="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
                       <w:pPr>
                         <w:keepNext/>
                         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
                         <w:ind w:right="-82"/>
                         <w:outlineLvl w:val="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:bCs/>
                           <w:kern w:val="32"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005A3DF3">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:bCs/>
                           <w:kern w:val="32"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t>Please do not amend this form without prior approval</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="003F56BB">
+    <w:p w14:paraId="3D178AC8" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Reward &amp; Recognition Claim form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
+    <w:p w14:paraId="4B33E50F" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>April 2025 to March 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="20E75874" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="6639121C" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Reward and Recognition Scheme:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527ECB" w:rsidRDefault="002B5E9C" w:rsidP="00477295">
+    <w:p w14:paraId="3678B050" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="002B5E9C" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>London Borough of Newham (LBN)</w:t>
       </w:r>
       <w:r w:rsidR="00477295" w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its contractors recognise the need to reward the contribution that customers make towards developing and enhancing their services. They have implemented a Reward and Recognition Policy that clearly outlines what rewards, financial or otherwise, are associated and paid wher</w:t>
       </w:r>
       <w:r w:rsidR="008203C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">e necessary. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRDefault="00F33217" w:rsidP="00477295">
+    <w:p w14:paraId="4F10B55E" w14:textId="77777777" w:rsidR="00477295" w:rsidRDefault="00F33217" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>THE COUNCIL CANNOT BE HELD RESPONSIBLE FOR ANY BENEFIT OR TAX IMPLICATIONS THAT MIGHT ARISE IF YOU CLAIM THESE PAYMENTS. IF YOU ARE UNSURE THEN PLEASE SEEK SUITABLE EXPERT ADVICE.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D34318" w:rsidRPr="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
+    <w:p w14:paraId="4F0ABBDA" w14:textId="77777777" w:rsidR="00D34318" w:rsidRPr="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="00D34318" w:rsidRDefault="00477295" w:rsidP="00D34318">
+    <w:p w14:paraId="69D578D4" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="00D34318" w:rsidRDefault="00477295" w:rsidP="00D34318">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D34318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>If you have attended any meetings or event, as listed below, then you are entitled to claim payment under the Council’s Reward and Recognition Policy scheme and also expenses for travel and some other costs</w:t>
-      </w:r>
+        <w:t xml:space="preserve">If you have attended any meetings or event, as listed below, then you are entitled to claim payment under the Council’s Reward and Recognition Policy scheme </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D34318">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D34318">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expenses for travel and some other costs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34318">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D34318" w:rsidRPr="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
+    <w:p w14:paraId="3D8946AA" w14:textId="77777777" w:rsidR="00D34318" w:rsidRPr="00D34318" w:rsidRDefault="00D34318" w:rsidP="00D34318">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33217" w:rsidRPr="00D34318" w:rsidRDefault="00F33217" w:rsidP="00D34318">
+    <w:p w14:paraId="5668C5F1" w14:textId="77777777" w:rsidR="00F33217" w:rsidRPr="00D34318" w:rsidRDefault="00F33217" w:rsidP="00D34318">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D34318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Your contact information may be used to send you Co-Production related information. If you want to receive this </w:t>
       </w:r>
       <w:r w:rsidR="002B5E9C" w:rsidRPr="00D34318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="28"/>
@@ -554,63 +574,63 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> please tick here.  [</w:t>
       </w:r>
       <w:r w:rsidR="0001569B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D34318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="0C7E94C2" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00685EA9" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="6F1D80A9" w14:textId="77777777" w:rsidR="00685EA9" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Co-Production team use</w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
@@ -670,460 +690,508 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008203C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>mount</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="008203C8" w:rsidRDefault="00477295" w:rsidP="004E1A2A">
+    <w:p w14:paraId="59DDB759" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="008203C8" w:rsidRDefault="00477295" w:rsidP="004E1A2A">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Total </w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>£</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006111A0" w:rsidRPr="005A3DF3" w:rsidRDefault="006111A0" w:rsidP="00477295">
+    <w:p w14:paraId="29CFB729" w14:textId="77777777" w:rsidR="006111A0" w:rsidRPr="005A3DF3" w:rsidRDefault="006111A0" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="20B273F7" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Please complete all of this form to make your claim. Incomplete forms may lead to a delay in your payment.</w:t>
+        <w:t xml:space="preserve">Please complete </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A3DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A3DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this form to make your claim. Incomplete forms may lead to a delay in your payment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+    <w:p w14:paraId="79179CEC" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="19EC13E8" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>PLEASE WRITE CLEARLY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="00D5229E" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+    <w:p w14:paraId="10C45CAA" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="00D5229E" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D5229E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Name:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="00D5229E" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="58238DC5" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="00D5229E" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D5229E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Address: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="00D5229E" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="67029841" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="00D5229E" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D5229E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Post Code: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D5229E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRDefault="003F56BB" w:rsidP="00477295">
+    <w:p w14:paraId="6997DFB6" w14:textId="77777777" w:rsidR="00477295" w:rsidRDefault="003F56BB" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Contact number:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D34318" w:rsidRPr="005A3DF3" w:rsidRDefault="00D34318" w:rsidP="00477295">
+    <w:p w14:paraId="026E2AC1" w14:textId="77777777" w:rsidR="00D34318" w:rsidRPr="005A3DF3" w:rsidRDefault="00D34318" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D34318" w:rsidRDefault="00D34318" w:rsidP="003F56BB">
+    <w:p w14:paraId="576AD53A" w14:textId="77777777" w:rsidR="00D34318" w:rsidRDefault="00D34318" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+    <w:p w14:paraId="3882E4DF" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>PLEASE INDICATE YOUR CHOICE OF PAYMENT METHOD</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813195" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
+    <w:p w14:paraId="1092FE7B" w14:textId="77777777" w:rsidR="00813195" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>BACS: Yes/No</w:t>
       </w:r>
       <w:r w:rsidR="003F56BB" w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="003F56BB" w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813195" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+    <w:p w14:paraId="72396263" w14:textId="77777777" w:rsidR="00813195" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Donation: Yes/No</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+    <w:p w14:paraId="1E806887" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">If Yes, name of Charity: </w:t>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F56BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="3B3838"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F56BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="3B3838"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, name of Charity: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F56BB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="003F56BB">
+    <w:p w14:paraId="3F36C08F" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="003F56BB" w:rsidRPr="00527ECB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="3B3838"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Donations to charities do not affect any benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813195" w:rsidRDefault="00813195" w:rsidP="003F56BB">
+    <w:p w14:paraId="32860CA9" w14:textId="77777777" w:rsidR="00813195" w:rsidRDefault="00813195" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+    <w:p w14:paraId="5BA079A6" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If BACS</w:t>
       </w:r>
       <w:r w:rsidR="00527ECB">
         <w:rPr>
@@ -1139,963 +1207,987 @@
       </w:r>
       <w:r w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>then CUSTOMER BANK DETAILS</w:t>
       </w:r>
       <w:r w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> are required but only for first claims and are made directly into a nominated bank account. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B5E9C" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
+    <w:p w14:paraId="3667AF5F" w14:textId="77777777" w:rsidR="002B5E9C" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F56BB" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
+    <w:p w14:paraId="42BF8FBA" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If you want to update you bank</w:t>
       </w:r>
       <w:r w:rsidR="0001569B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> details, please tick here [  ] </w:t>
+        <w:t xml:space="preserve"> details, please tick here </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0001569B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>[  ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0001569B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and provide your updated details below.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B5E9C" w:rsidRPr="003F56BB" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
+    <w:p w14:paraId="49F99F99" w14:textId="77777777" w:rsidR="002B5E9C" w:rsidRPr="003F56BB" w:rsidRDefault="002B5E9C" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9997" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4503"/>
         <w:gridCol w:w="686"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="458"/>
         <w:gridCol w:w="229"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="686"/>
         <w:gridCol w:w="229"/>
         <w:gridCol w:w="458"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="687"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidTr="00E60970">
+      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w14:paraId="29510EFB" w14:textId="77777777" w:rsidTr="00E60970">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="086C7FEF" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F56BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Full &amp; exact name on bank account</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="4574B503" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidTr="00E60970">
+      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w14:paraId="48FAD416" w14:textId="77777777" w:rsidTr="00E60970">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="25B87353" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F56BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name of Bank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="302CFD36" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidTr="00E60970">
+      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w14:paraId="45A5D532" w14:textId="77777777" w:rsidTr="00E60970">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="59A7372B" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F56BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Account Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="7EFC4B07" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="2FD746A7" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="687" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="70BE38ED" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="4C9AC825" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="68FD0A95" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="687" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="4E8BD97C" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="66233E57" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="711B76B4" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidTr="00E60970">
+      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w14:paraId="3D6386F5" w14:textId="77777777" w:rsidTr="00E60970">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="05F0B81C" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F56BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Sort code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="7ED3AE95" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="19DD94F9" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="64A8DE42" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidTr="00E60970">
+      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w14:paraId="4B2B65C7" w14:textId="77777777" w:rsidTr="00E60970">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="2E3D3DF2" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F56BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Home Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="7E7E37B0" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidTr="00E60970">
+      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w14:paraId="3E8109FD" w14:textId="77777777" w:rsidTr="00E60970">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="5AEC7376" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="3C164C7C" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidTr="00E60970">
+      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w14:paraId="54B907AD" w14:textId="77777777" w:rsidTr="00E60970">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="7768F9AF" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F56BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Post Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="113FB96B" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidTr="00E60970">
+      <w:tr w:rsidR="003F56BB" w:rsidRPr="003F56BB" w14:paraId="6987D6C3" w14:textId="77777777" w:rsidTr="00E60970">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="59684E77" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F56BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Email (To receive Remittance advice):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+          <w:p w14:paraId="1197042C" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00813195" w:rsidRDefault="00813195" w:rsidP="003F56BB">
+    <w:p w14:paraId="1B46DB52" w14:textId="77777777" w:rsidR="00813195" w:rsidRDefault="00813195" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
+    <w:p w14:paraId="0858A286" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRPr="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="003F56BB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F56BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Consent: By signing here, you agree for your details to be used to set you up as an Individual Vendor with Newham Council to receive this and future Reward and Recognition Payments via BACS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813195" w:rsidRDefault="00813195" w:rsidP="00477295">
+    <w:p w14:paraId="4B5F97F7" w14:textId="77777777" w:rsidR="00813195" w:rsidRDefault="00813195" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="2D55BBCB" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1BF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Signed:</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1BF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2153,3118 +2245,3142 @@
       </w:r>
       <w:r w:rsidRPr="001E1BF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E1BF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D94428" w:rsidRPr="005A3DF3" w:rsidRDefault="00D94428" w:rsidP="00477295">
+    <w:p w14:paraId="4D122526" w14:textId="77777777" w:rsidR="00D94428" w:rsidRPr="005A3DF3" w:rsidRDefault="00D94428" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="00477295">
+    <w:p w14:paraId="4C280ACE" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00813195" w:rsidRDefault="00813195" w:rsidP="00477295">
+    <w:p w14:paraId="37335F2C" w14:textId="77777777" w:rsidR="00813195" w:rsidRDefault="00813195" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="005A3DF3">
+    <w:p w14:paraId="48D6E8C2" w14:textId="77777777" w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="005A3DF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4819"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Claim for payment under the Reward &amp; Recognition Scheme</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="77AC4924" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Please write clearly</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="005A3DF3" w:rsidP="00477295">
+    <w:p w14:paraId="277EF526" w14:textId="77777777" w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="005A3DF3" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1993"/>
         <w:gridCol w:w="1171"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="1013"/>
         <w:gridCol w:w="774"/>
         <w:gridCol w:w="1396"/>
         <w:gridCol w:w="323"/>
         <w:gridCol w:w="1719"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="3D326E05" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:trPr>
           <w:trHeight w:val="1632"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="4C8F6B13" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Title of meeting </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00477295" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="350BA18D" w14:textId="77777777" w:rsidR="00477295" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">e.g. NCPF(A) </w:t>
             </w:r>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>plus name of Lead Officer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0073666E" w:rsidRPr="005A3DF3" w:rsidRDefault="0073666E" w:rsidP="001E1BF1">
+          <w:p w14:paraId="1A417C69" w14:textId="77777777" w:rsidR="0073666E" w:rsidRPr="005A3DF3" w:rsidRDefault="0073666E" w:rsidP="001E1BF1">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="5D4E87FB" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date of meeting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="28C39F19" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Hours Claimed (or part hour)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Current rate is </w:t>
+          <w:p w14:paraId="71868F29" w14:textId="5E7AF381" w:rsidR="00477295" w:rsidRPr="008053CF" w:rsidRDefault="00477295" w:rsidP="00F94B33">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="4D4D4D"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Current rate is</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>£13.8</w:t>
+            <w:r w:rsidR="008053CF" w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007467A9">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="002B5E9C" w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£1</w:t>
             </w:r>
-            <w:r w:rsidR="00477295" w:rsidRPr="005A3DF3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="008053CF" w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> from </w:t>
             </w:r>
-            <w:r w:rsidR="007467A9">
-[...6 lines deleted...]
-              <w:t>1/4/24</w:t>
+            <w:r w:rsidR="007467A9" w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r w:rsidR="008053CF" w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="007467A9" w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>/2</w:t>
+            </w:r>
+            <w:r w:rsidR="008053CF" w:rsidRPr="008053CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="522F0477" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Total Amount Claimed</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="70CB2AB6" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="56C6A4C2" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="52B390DA" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="4DC8EFA2" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="309DFE08" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="0073666E" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="38274D20" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="0073666E" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="3D0C0164" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="0073666E">
+          <w:p w14:paraId="1DAB820B" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="0073666E">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="57A8921F" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="78FA9CF4" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="0073666E" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="416439D9" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="0073666E" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="496CB611" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="0073666E">
+          <w:p w14:paraId="109E1EB7" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="0073666E">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="0073666E">
+          <w:p w14:paraId="1D0D0D9A" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="0073666E">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="18CF8C7D" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="6D4D4C15" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="2FB7597F" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="6A918E81" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B726BE" w:rsidRPr="005A3DF3" w:rsidRDefault="00B726BE" w:rsidP="00477295">
+          <w:p w14:paraId="6D14CD04" w14:textId="77777777" w:rsidR="00B726BE" w:rsidRPr="005A3DF3" w:rsidRDefault="00B726BE" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="520A10B5" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="672FCC23" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00134514" w:rsidRPr="005A3DF3" w14:paraId="4802BD57" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
+          <w:p w14:paraId="27F11D80" w14:textId="77777777" w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
+          <w:p w14:paraId="68059276" w14:textId="77777777" w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
+          <w:p w14:paraId="38D0A657" w14:textId="77777777" w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
+          <w:p w14:paraId="378A198B" w14:textId="77777777" w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w14:paraId="09DD0B1C" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
+          <w:p w14:paraId="2C269643" w14:textId="77777777" w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
+          <w:p w14:paraId="5F5F5225" w14:textId="77777777" w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
+          <w:p w14:paraId="66DF2C0E" w14:textId="77777777" w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
+          <w:p w14:paraId="1AAA1464" w14:textId="77777777" w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w14:paraId="3A343A9F" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
+          <w:p w14:paraId="7FFFEF49" w14:textId="77777777" w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
+          <w:p w14:paraId="188BB39D" w14:textId="77777777" w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
+          <w:p w14:paraId="42765DAF" w14:textId="77777777" w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
+          <w:p w14:paraId="51F4DFA2" w14:textId="77777777" w:rsidR="00D74D56" w:rsidRPr="005A3DF3" w:rsidRDefault="00D74D56" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00134514" w:rsidRPr="005A3DF3" w14:paraId="491BA153" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
+          <w:p w14:paraId="00B9A767" w14:textId="77777777" w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
+          <w:p w14:paraId="6D57D263" w14:textId="77777777" w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
+          <w:p w14:paraId="5D2F141A" w14:textId="77777777" w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
+          <w:p w14:paraId="722323A7" w14:textId="77777777" w:rsidR="00134514" w:rsidRPr="005A3DF3" w:rsidRDefault="00134514" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w14:paraId="651C9BD6" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="4408B71B" w14:textId="77777777" w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="1D656B5D" w14:textId="77777777" w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="56D49F7B" w14:textId="77777777" w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="35F72393" w14:textId="77777777" w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w14:paraId="43F2F9EA" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="15934DFE" w14:textId="77777777" w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="4F23B64E" w14:textId="77777777" w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="2815AE8C" w14:textId="77777777" w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="62D5ED06" w14:textId="77777777" w:rsidR="00E10C7A" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00E10C7A">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="2673E9B7" w14:textId="77777777" w:rsidTr="00E10C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7247" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
+          <w:p w14:paraId="5B6A4DB6" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                              Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="004E1A2A">
+          <w:p w14:paraId="183438CE" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00E10C7A" w:rsidP="004E1A2A">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="002C7411">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="0A514691" w14:textId="77777777" w:rsidTr="002C7411">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9289" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00527ECB">
+          </w:tcPr>
+          <w:p w14:paraId="47D9D1C5" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00527ECB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Use this calculator to work out the correct amount </w:t>
             </w:r>
             <w:r w:rsidR="00527ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>to claim</w:t>
             </w:r>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="002C7411">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="50D9C28E" w14:textId="77777777" w:rsidTr="002C7411">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="6B0CCD8A" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>½ hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2071" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="65360F0E" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>1.5 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="65EC89E3" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>2 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="3E72C8B2" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>2.5 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="548A1879" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>3 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="002C7411">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="231F3599" w14:textId="77777777" w:rsidTr="002C7411">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="002B5E9C" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="4D09B14E" w14:textId="5D61569A" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="008053CF" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>6.93</w:t>
+              <w:t>£7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2071" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="002B5E9C" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="07E3D083" w14:textId="0A73F31E" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="008053CF" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B5E9C">
-[...8 lines deleted...]
-              <w:t>20.78</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="4D4D4D"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="002B5E9C" w:rsidP="00A954F2">
+          </w:tcPr>
+          <w:p w14:paraId="49C2D687" w14:textId="0CD8EBDE" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="008053CF" w:rsidP="008053CF">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B5E9C">
-[...9 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>£28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="002B5E9C" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="52ACE7F0" w14:textId="54954800" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="008053CF" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B5E9C">
-[...8 lines deleted...]
-              <w:t>34.63</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="4D4D4D"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="002B5E9C" w:rsidP="00477295">
+          </w:tcPr>
+          <w:p w14:paraId="4E4AB56F" w14:textId="53DA3948" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="008053CF" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B5E9C">
-[...8 lines deleted...]
-              <w:t>41.55</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="4D4D4D"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>£42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008203C8" w:rsidRDefault="008203C8" w:rsidP="00477295">
+    <w:p w14:paraId="7F57F2FD" w14:textId="77777777" w:rsidR="008203C8" w:rsidRDefault="008203C8" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="6C11CDE4" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Claim for Taxi or Public Transport Expenses</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="021498F2" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>(If using Taxicard</w:t>
-      </w:r>
+        <w:t xml:space="preserve">(If using </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A3DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Taxicard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00527ECB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> then only claim the first £5 of each journey)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2212"/>
         <w:gridCol w:w="2318"/>
         <w:gridCol w:w="2455"/>
         <w:gridCol w:w="2304"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00134514">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="43C3A16B" w14:textId="77777777" w:rsidTr="00134514">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="6B3C2BCA" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Meeting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="7E68E735" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Taxi Fare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="197AD2B8" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Public Transport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="17F29711" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Total Claimed</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="509A1FD2" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00134514">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="59E21D36" w14:textId="77777777" w:rsidTr="00134514">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="43144F73" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="7D38D6D9" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="08974E81" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="2FAB4E28" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidTr="00134514">
+      <w:tr w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w14:paraId="0DE6CD62" w14:textId="77777777" w:rsidTr="00134514">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="528781CC" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="338B5F81" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="04DB9D07" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="7823BBC1" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00134514">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="5386B5C3" w14:textId="77777777" w:rsidTr="00134514">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="6A61DC3A" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="474A7CAE" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="0F9DF05D" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="391AC866" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidTr="00134514">
+      <w:tr w:rsidR="00477295" w:rsidRPr="005A3DF3" w14:paraId="1B00C0F8" w14:textId="77777777" w:rsidTr="00134514">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="71F7E955" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Total Claimed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+          <w:p w14:paraId="4EBF4682" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="00477295">
+    <w:p w14:paraId="06F7B879" w14:textId="77777777" w:rsidR="003F56BB" w:rsidRDefault="003F56BB" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="686CAD48" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Travel by Private Vehicle</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1587"/>
         <w:gridCol w:w="1902"/>
         <w:gridCol w:w="1597"/>
         <w:gridCol w:w="1244"/>
         <w:gridCol w:w="1503"/>
         <w:gridCol w:w="1456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidTr="002C7411">
+      <w:tr w:rsidR="002C7411" w:rsidRPr="005A3DF3" w14:paraId="5E58185A" w14:textId="77777777" w:rsidTr="002C7411">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="2C408D42" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Meeting Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="4377D83F" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Registration Number (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="67AFB65C" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Return Miles Travelled</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="5AF3E094" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Parking fee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="58FB82F4" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Rate per Mile</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="43DBA7C7" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Cars - 0.45p</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="5CC04EAA" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Cycles - 0.20p</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="5896B3A3" w14:textId="77777777" w:rsidR="002C7411" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Total Claimed </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="287652ED" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidTr="002C7411">
+      <w:tr w:rsidR="002C7411" w:rsidRPr="005A3DF3" w14:paraId="3D62DB75" w14:textId="77777777" w:rsidTr="002C7411">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="74AB0EC2" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="61620F0D" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="09E85931" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="31B25CC2" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="229D3B8C" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="05021EC3" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidTr="002C7411">
+      <w:tr w:rsidR="002C7411" w:rsidRPr="005A3DF3" w14:paraId="37313F8F" w14:textId="77777777" w:rsidTr="002C7411">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="1489EF53" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="0AAEF223" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="748BD7EB" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="33E73CD8" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="491608A7" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="6D56D4DE" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidTr="002C7411">
+      <w:tr w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w14:paraId="1A3519B8" w14:textId="77777777" w:rsidTr="002C7411">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="776034FA" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="40DD4777" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="040B88C2" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="498A3CDD" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="574DC193" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+          <w:p w14:paraId="5D0815B1" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidTr="002C7411">
+      <w:tr w:rsidR="002C7411" w:rsidRPr="005A3DF3" w14:paraId="6DA3C11F" w14:textId="77777777" w:rsidTr="002C7411">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="02286956" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6188" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="635DB246" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Total Claimed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
+          <w:p w14:paraId="1C8D23D1" w14:textId="77777777" w:rsidR="002C7411" w:rsidRPr="005A3DF3" w:rsidRDefault="002C7411" w:rsidP="00477295">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00477295" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="3E34A4F1" w14:textId="77777777" w:rsidR="00477295" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+    <w:p w14:paraId="04A893F0" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Total Amount Claimed is:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7513"/>
         <w:gridCol w:w="1776"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527ECB" w:rsidTr="00263036">
+      <w:tr w:rsidR="00527ECB" w14:paraId="25C5CBAC" w14:textId="77777777" w:rsidTr="00263036">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="523FFE42" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Reward and Recognition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="7C09F9EC" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:r w:rsidRPr="00A46E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527ECB" w:rsidTr="00263036">
+      <w:tr w:rsidR="00527ECB" w14:paraId="58484A66" w14:textId="77777777" w:rsidTr="00263036">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="30233F8E" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Taxi or Public Transport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="5349FBA8" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:r w:rsidRPr="00A46E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527ECB" w:rsidTr="00263036">
+      <w:tr w:rsidR="00527ECB" w14:paraId="6C7B85DC" w14:textId="77777777" w:rsidTr="00263036">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="685B1A3F" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C962CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone or broadband costs </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="0A0AD202" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00527ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5303,330 +5419,330 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="5C275883" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:r w:rsidRPr="00A46E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527ECB" w:rsidTr="00263036">
+      <w:tr w:rsidR="00527ECB" w14:paraId="2FDDC247" w14:textId="77777777" w:rsidTr="00263036">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="59CB34D1" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
             <w:r w:rsidRPr="00C962CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Carer or care costs </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="63B62558" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00527ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>(must be agreed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00527ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>with Lead Officer in advance)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="5DC37EA1" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:r w:rsidRPr="00A46E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527ECB" w:rsidTr="00263036">
+      <w:tr w:rsidR="00527ECB" w14:paraId="4EBFC283" w14:textId="77777777" w:rsidTr="00263036">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="6972E4D3" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00527ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Private Vehicle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="77C153FB" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:r w:rsidRPr="00A46E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00527ECB" w:rsidTr="00263036">
+      <w:tr w:rsidR="00527ECB" w14:paraId="3D0B683F" w14:textId="77777777" w:rsidTr="00263036">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00263036">
+          <w:p w14:paraId="2D95FF05" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00263036">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Total Payment Claimed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00527ECB" w:rsidRPr="00A46E1B" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
+          <w:p w14:paraId="6E653E14" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="00A46E1B" w:rsidRDefault="00527ECB" w:rsidP="00527ECB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="4D4D4D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+    <w:p w14:paraId="79AB10C6" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00527ECB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00477295">
+    <w:p w14:paraId="32AF7E9B" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="00527ECB" w:rsidRDefault="00527ECB" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527ECB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>**Approved receipt must be attached for each claim</w:t>
       </w:r>
       <w:r w:rsidRPr="00527ECB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00527ECB">
+    <w:p w14:paraId="1198D1C2" w14:textId="77777777" w:rsidR="00527ECB" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00527ECB">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -5663,125 +5779,124 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="00527ECB" w:rsidRDefault="00E6504B" w:rsidP="00477295">
+    <w:p w14:paraId="2EB3C3F6" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="00527ECB" w:rsidRDefault="00000000" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="4D4D4D"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:id w:val="193670910"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00527ECB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00527ECB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> I</w:t>
       </w:r>
       <w:r w:rsidR="00477295" w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> make the above claim and confirm that I attended meetings on the dates stated.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D34318" w:rsidRDefault="00D34318" w:rsidP="00477295">
+    <w:p w14:paraId="41718EF5" w14:textId="77777777" w:rsidR="00D34318" w:rsidRDefault="00D34318" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="3C8617A2" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Signed: </w:t>
       </w:r>
       <w:r w:rsidR="00D34318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -5793,222 +5908,244 @@
         <w:t xml:space="preserve">______________________________ </w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r w:rsidR="00D34318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>____/____/_______</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="7F457864" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="27288CAA" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>On receipt of this claim, payment will normally be made within 21 days but in some cases this may be up to 28 days. All receipts must be provided with this claim and if not, there may be a delay in payment.</w:t>
+        <w:t xml:space="preserve">On receipt of this claim, payment will normally be made within 21 days but in some </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A3DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>cases</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A3DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this may be up to 28 days. All receipts must be provided with this claim and if not, there may be a delay in payment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
+    <w:p w14:paraId="59A924CE" w14:textId="77777777" w:rsidR="00477295" w:rsidRPr="005A3DF3" w:rsidRDefault="00477295" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Claims should norm</w:t>
       </w:r>
       <w:r w:rsidR="00B12739">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ally be made within a </w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>month in which the work took place. Any claims over 3 months old may be refused.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E6291" w:rsidRDefault="006E6291" w:rsidP="005A3DF3">
+    <w:p w14:paraId="48F5E4E0" w14:textId="77777777" w:rsidR="006E6291" w:rsidRDefault="006E6291" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D34318" w:rsidRDefault="00D34318" w:rsidP="005A3DF3">
+    <w:p w14:paraId="1C5A50C0" w14:textId="77777777" w:rsidR="00D34318" w:rsidRDefault="00D34318" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008203C8" w:rsidRDefault="005A3DF3" w:rsidP="005A3DF3">
+    <w:p w14:paraId="4FD89464" w14:textId="77777777" w:rsidR="008203C8" w:rsidRDefault="005A3DF3" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Please email </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>your claim form to</w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A3DF3" w:rsidRPr="00C850FA" w:rsidRDefault="00C850FA" w:rsidP="005A3DF3">
+    <w:p w14:paraId="42C19479" w14:textId="77777777" w:rsidR="005A3DF3" w:rsidRPr="00C850FA" w:rsidRDefault="00C850FA" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C850FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39571058" wp14:editId="5C1AD89C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36412E73" wp14:editId="7D9FB06A">
             <wp:extent cx="865606" cy="865606"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Picture 3" descr="C:\Users\aidankeightley\AppData\Local\Microsoft\Windows\INetCache\Content.MSO\7FB71DFD.tmp"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\aidankeightley\AppData\Local\Microsoft\Windows\INetCache\Content.MSO\7FB71DFD.tmp"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -6048,64 +6185,64 @@
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="007A27CB" w:rsidRPr="0054214D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Co-Productionteam@newham.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004E1A2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E6291" w:rsidRDefault="006E6291" w:rsidP="005A3DF3">
+    <w:p w14:paraId="1769BF20" w14:textId="77777777" w:rsidR="006E6291" w:rsidRDefault="006E6291" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C850FA" w:rsidRDefault="0051685F" w:rsidP="005A3DF3">
+    <w:p w14:paraId="4ED5E7F2" w14:textId="77777777" w:rsidR="00C850FA" w:rsidRDefault="0051685F" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Or take </w:t>
       </w:r>
       <w:r w:rsidR="008203C8">
@@ -6147,81 +6284,81 @@
       <w:r w:rsidR="00C850FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008203C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="00C850FA" w:rsidP="005A3DF3">
+    <w:p w14:paraId="7F300707" w14:textId="77777777" w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="00C850FA" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6541992F" wp14:editId="38D85ECD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="723FCD03" wp14:editId="27947EE1">
             <wp:extent cx="601450" cy="736771"/>
             <wp:effectExtent l="0" t="0" r="8255" b="6350"/>
             <wp:docPr id="2" name="Picture 2" descr="Cell Phone Clipart Transparent - Mobile Logo Png Transparent Background -  Free Transparent PNG Clipart Images Download"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="Cell Phone Clipart Transparent - Mobile Logo Png Transparent Background -  Free Transparent PNG Clipart Images Download"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -6250,64 +6387,64 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="004E1A2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>07970 406126</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="005A3DF3" w:rsidP="005A3DF3">
+    <w:p w14:paraId="708A88C2" w14:textId="77777777" w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="005A3DF3" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A3DF3" w:rsidRDefault="005A3DF3" w:rsidP="005A3DF3">
+    <w:p w14:paraId="0DAD6601" w14:textId="77777777" w:rsidR="005A3DF3" w:rsidRDefault="005A3DF3" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If in</w:t>
       </w:r>
       <w:r w:rsidR="006E6291">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6375,366 +6512,382 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>BEFORE</w:t>
       </w:r>
       <w:r w:rsidRPr="005A3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> you make your claim.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009967A5" w:rsidRDefault="009967A5" w:rsidP="005A3DF3">
+    <w:p w14:paraId="502EDAA7" w14:textId="77777777" w:rsidR="009967A5" w:rsidRDefault="009967A5" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009967A5" w:rsidRPr="00685EA9" w:rsidRDefault="009967A5" w:rsidP="005A3DF3">
+    <w:p w14:paraId="30870B8A" w14:textId="77777777" w:rsidR="009967A5" w:rsidRPr="00685EA9" w:rsidRDefault="009967A5" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685EA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Claim approved by:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009967A5" w:rsidRPr="00685EA9" w:rsidRDefault="009967A5" w:rsidP="005A3DF3">
+    <w:p w14:paraId="47D282ED" w14:textId="77777777" w:rsidR="009967A5" w:rsidRPr="00685EA9" w:rsidRDefault="009967A5" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685EA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Lead Officer:</w:t>
       </w:r>
       <w:r w:rsidR="00685EA9" w:rsidRPr="00685EA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00263036">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009967A5" w:rsidRPr="009967A5" w:rsidRDefault="009967A5" w:rsidP="005A3DF3">
+    <w:p w14:paraId="71F5971C" w14:textId="77777777" w:rsidR="009967A5" w:rsidRPr="009967A5" w:rsidRDefault="009967A5" w:rsidP="005A3DF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685EA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="00263036">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="005A3DF3" w:rsidP="005A3DF3">
+    <w:p w14:paraId="75B30547" w14:textId="77777777" w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidRDefault="005A3DF3" w:rsidP="005A3DF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A3DF3" w:rsidRPr="005A3DF3" w:rsidSect="00065DBE">
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1021" w:right="1304" w:bottom="142" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E6504B" w:rsidRDefault="00E6504B" w:rsidP="00477295">
+    <w:p w14:paraId="11AF4E45" w14:textId="77777777" w:rsidR="004A3069" w:rsidRDefault="004A3069" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E6504B" w:rsidRDefault="00E6504B" w:rsidP="00477295">
+    <w:p w14:paraId="5D92D90C" w14:textId="77777777" w:rsidR="004A3069" w:rsidRDefault="004A3069" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="008607F1" w:rsidRDefault="00A913E7" w:rsidP="000A5129">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0BF35257" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00A913E7" w:rsidP="000A5129">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="008607F1" w:rsidRDefault="00E6504B">
+  <w:p w14:paraId="10AA97B8" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="008607F1" w:rsidRPr="003B2143" w:rsidRDefault="00612600" w:rsidP="003B2143">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="242DF117" w14:textId="437EDFB7" w:rsidR="00000000" w:rsidRPr="003B2143" w:rsidRDefault="00612600" w:rsidP="003B2143">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Co-Production </w:t>
     </w:r>
     <w:r w:rsidR="002B5E9C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>General R&amp;R Claim form 2025-26</w:t>
     </w:r>
     <w:r w:rsidR="007467A9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> v1</w:t>
+      <w:t xml:space="preserve"> v</w:t>
+    </w:r>
+    <w:r w:rsidR="008053CF">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00A913E7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A913E7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidR="00A913E7" w:rsidRPr="003B2143">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00A913E7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00A913E7" w:rsidRPr="003B2143">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t xml:space="preserve">Page </w:t>
+      <w:t>Page</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00A913E7" w:rsidRPr="003B2143">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00A913E7" w:rsidRPr="003B2143">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00A913E7" w:rsidRPr="003B2143">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="00A913E7" w:rsidRPr="003B2143">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -6781,213 +6934,219 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B64542">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00A913E7" w:rsidRPr="003B2143">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="008607F1" w:rsidRPr="00506BD6" w:rsidRDefault="00E6504B">
+  <w:p w14:paraId="1186D41A" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="00506BD6" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E6504B" w:rsidRDefault="00E6504B" w:rsidP="00477295">
+    <w:p w14:paraId="63C77183" w14:textId="77777777" w:rsidR="004A3069" w:rsidRDefault="004A3069" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E6504B" w:rsidRDefault="00E6504B" w:rsidP="00477295">
+    <w:p w14:paraId="3055916C" w14:textId="77777777" w:rsidR="004A3069" w:rsidRDefault="004A3069" w:rsidP="00477295">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="60"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00477295"/>
     <w:rsid w:val="0001569B"/>
     <w:rsid w:val="000E2517"/>
     <w:rsid w:val="00134514"/>
     <w:rsid w:val="001E1BF1"/>
     <w:rsid w:val="00263036"/>
     <w:rsid w:val="002B5E9C"/>
     <w:rsid w:val="002C7411"/>
     <w:rsid w:val="00320DE0"/>
     <w:rsid w:val="003F56BB"/>
     <w:rsid w:val="00433B65"/>
     <w:rsid w:val="00477295"/>
+    <w:rsid w:val="004A3069"/>
     <w:rsid w:val="004E1A2A"/>
     <w:rsid w:val="00504F91"/>
     <w:rsid w:val="0051685F"/>
     <w:rsid w:val="00527ECB"/>
     <w:rsid w:val="005A3DF3"/>
     <w:rsid w:val="005D022B"/>
     <w:rsid w:val="006111A0"/>
     <w:rsid w:val="00612600"/>
     <w:rsid w:val="006366A8"/>
     <w:rsid w:val="00685EA9"/>
     <w:rsid w:val="006E6291"/>
     <w:rsid w:val="007138D5"/>
     <w:rsid w:val="0073666E"/>
     <w:rsid w:val="007467A9"/>
     <w:rsid w:val="007A1331"/>
     <w:rsid w:val="007A27CB"/>
+    <w:rsid w:val="008053CF"/>
     <w:rsid w:val="00813195"/>
     <w:rsid w:val="008203C8"/>
     <w:rsid w:val="00901338"/>
     <w:rsid w:val="0094372E"/>
     <w:rsid w:val="009656C3"/>
     <w:rsid w:val="009967A5"/>
     <w:rsid w:val="00A24A0D"/>
     <w:rsid w:val="00A537A2"/>
     <w:rsid w:val="00A53BA1"/>
     <w:rsid w:val="00A913E7"/>
     <w:rsid w:val="00A954F2"/>
     <w:rsid w:val="00B12739"/>
     <w:rsid w:val="00B64542"/>
     <w:rsid w:val="00B726BE"/>
     <w:rsid w:val="00BF7F89"/>
     <w:rsid w:val="00C850FA"/>
     <w:rsid w:val="00C962CD"/>
+    <w:rsid w:val="00CA0F73"/>
     <w:rsid w:val="00CE030D"/>
     <w:rsid w:val="00D1028B"/>
     <w:rsid w:val="00D34318"/>
     <w:rsid w:val="00D5229E"/>
     <w:rsid w:val="00D74D56"/>
     <w:rsid w:val="00D91BB5"/>
     <w:rsid w:val="00D94428"/>
     <w:rsid w:val="00DF1B70"/>
     <w:rsid w:val="00E10C7A"/>
     <w:rsid w:val="00E51257"/>
     <w:rsid w:val="00E6504B"/>
     <w:rsid w:val="00EF1B13"/>
     <w:rsid w:val="00F33217"/>
     <w:rsid w:val="00F94B33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="1B36C59A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A1E7AEFD-2590-4BC3-90DF-521004B32880}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7315,50 +7474,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -7471,51 +7635,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008203C8"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D34318"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Co-Productionteam@newham.gov.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -7763,70 +7927,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{787DCEA7-D5BF-4037-9105-7405D60DAB9E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>614</Words>
-  <Characters>3504</Characters>
+  <Words>679</Words>
+  <Characters>3427</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>311</Lines>
+  <Paragraphs>132</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>oneSource</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4110</CharactersWithSpaces>
+  <CharactersWithSpaces>3974</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aidan Keightley</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>